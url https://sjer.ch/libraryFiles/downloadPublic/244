--- v0 (2025-10-29)
+++ v1 (2025-12-13)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11012"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11116"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://unigech-my.sharepoint.com/personal/eric_sanchez_unige_ch/Documents/Swiss Journal of Educational Research/4. Redaction/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/p33344/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="251" documentId="13_ncr:1_{9B0AB022-BBFC-8345-9F63-12F6F01D7ADD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{0EDAF88D-C38F-724F-92CC-8D7E785F723C}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0919D875-A6B7-7742-B70A-7937DF4DA986}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="980" yWindow="1240" windowWidth="27840" windowHeight="16660" xr2:uid="{A928F929-5B77-8547-8F2E-6C3ABC51FCDC}"/>
   </bookViews>
   <sheets>
     <sheet name="Tabelle1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -429,53 +429,50 @@
   <si>
     <t>Moody</t>
   </si>
   <si>
     <t>Alain</t>
   </si>
   <si>
     <t>Muller</t>
   </si>
   <si>
     <t>Markus</t>
   </si>
   <si>
     <t>Neuenschwander</t>
   </si>
   <si>
     <t>Michel</t>
   </si>
   <si>
     <t>Nicolet</t>
   </si>
   <si>
     <t>Maren</t>
   </si>
   <si>
-    <t>Opke</t>
-[...1 lines deleted...]
-  <si>
     <t>Greta</t>
   </si>
   <si>
     <t>Pelgrims</t>
   </si>
   <si>
     <t>Danièle</t>
   </si>
   <si>
     <t>Périsset</t>
   </si>
   <si>
     <t>Manuel</t>
   </si>
   <si>
     <t>Perrenoud</t>
   </si>
   <si>
     <t>Nicolas</t>
   </si>
   <si>
     <t>Perrin</t>
   </si>
   <si>
     <t>Slavka</t>
@@ -576,81 +573,84 @@
   <si>
     <t>Evelyne</t>
   </si>
   <si>
     <t>Wannack</t>
   </si>
   <si>
     <t>Werner</t>
   </si>
   <si>
     <t>Wicki</t>
   </si>
   <si>
     <t>Gonzague</t>
   </si>
   <si>
     <t>Yerly</t>
   </si>
   <si>
     <t xml:space="preserve">Michel </t>
   </si>
   <si>
     <t>Zutavern</t>
   </si>
   <si>
-    <t>Verantwortlicher für das vollständige Redaktion / Responsable de la rédaction complète / Responsabile della redazione completa / Responsible for the complete editorial board</t>
-[...1 lines deleted...]
-  <si>
     <t>Vorname / Prénom / Nome / Given name</t>
   </si>
   <si>
     <t>Name / Nom / Cognome / Name</t>
   </si>
   <si>
     <t>Sprache / Langue / Lingua / Language</t>
   </si>
   <si>
     <t>Jahre / Années / Anni / Years</t>
   </si>
   <si>
-    <t>Redaktionsmitglied / Membre de la rédaction / Membro della redazione / Editorial board member</t>
-[...1 lines deleted...]
-  <si>
     <t>Responsable de la rédaction latine / Responsabile della redazione latina</t>
   </si>
   <si>
     <t>Verantwortlicher für die deutschsprachige Redaktion</t>
   </si>
   <si>
     <t>Zoe</t>
   </si>
   <si>
     <t>fr / en</t>
   </si>
   <si>
     <t>Redaktion SZBW ab 1999 / Rédaction RSSE depuis 1999 / Redazione RSSE dal 1999 / Editorial baord SJER since 1999</t>
+  </si>
+  <si>
+    <t>Oepke</t>
+  </si>
+  <si>
+    <t>Redaktionsmitglied / Membre de la rédaction / Membro della redazione / Editorial committee member</t>
+  </si>
+  <si>
+    <t>Verantwortlicher für das vollständige Redaktion / Responsable de la rédaction complète / Responsabile della redazione completa / Responsible for the full editorial committee</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
@@ -775,81 +775,81 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" quotePrefix="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" quotePrefix="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" quotePrefix="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="30">
     <dxf>
       <alignment horizontal="center" vertical="bottom" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
@@ -1290,106 +1290,106 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{63CE05DF-61DE-FF47-B425-51281A1B3980}">
   <dimension ref="A1:AF105"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="113" workbookViewId="0">
-      <selection activeCell="B3" sqref="B3"/>
+      <selection activeCell="AB12" sqref="AB12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="17.6640625" customWidth="1"/>
     <col min="3" max="4" width="9.33203125" style="2" customWidth="1"/>
     <col min="5" max="5" width="5.83203125" customWidth="1"/>
     <col min="6" max="17" width="4.6640625" style="1" customWidth="1"/>
     <col min="18" max="32" width="4.6640625" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" ht="19">
       <c r="A1" s="6" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
     </row>
     <row r="2" spans="1:32" ht="19">
       <c r="A2" s="6"/>
     </row>
     <row r="3" spans="1:32" ht="19">
       <c r="A3" s="16">
         <v>1</v>
       </c>
       <c r="B3" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
     </row>
     <row r="4" spans="1:32" ht="19">
       <c r="A4" s="17">
         <v>1</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
     </row>
     <row r="5" spans="1:32" ht="19" customHeight="1">
       <c r="A5" s="18">
         <v>1</v>
       </c>
       <c r="B5" s="8" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="C5" s="7"/>
       <c r="D5" s="7"/>
       <c r="E5" s="1"/>
       <c r="Q5" s="2"/>
       <c r="AF5"/>
     </row>
     <row r="6" spans="1:32" ht="19" customHeight="1">
       <c r="A6" s="19">
         <v>1</v>
       </c>
       <c r="B6" s="9" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="C6" s="7"/>
       <c r="D6" s="7"/>
       <c r="E6" s="1"/>
       <c r="Q6" s="2"/>
       <c r="AF6"/>
     </row>
     <row r="7" spans="1:32" s="4" customFormat="1" ht="21" customHeight="1">
       <c r="C7" s="10"/>
       <c r="D7" s="7"/>
       <c r="E7" s="5">
         <f>SUM(E9:E105)</f>
         <v>10</v>
       </c>
       <c r="F7" s="5">
         <f t="shared" ref="F7:AE7" si="0">SUM(F9:F105)</f>
         <v>9</v>
       </c>
       <c r="G7" s="5">
         <f t="shared" si="0"/>
         <v>12</v>
       </c>
       <c r="H7" s="5">
         <f t="shared" si="0"/>
         <v>11</v>
@@ -1467,60 +1467,60 @@
         <v>16</v>
       </c>
       <c r="AA7" s="5">
         <f t="shared" si="0"/>
         <v>16</v>
       </c>
       <c r="AB7" s="5">
         <f t="shared" si="0"/>
         <v>17</v>
       </c>
       <c r="AC7" s="5">
         <f t="shared" si="0"/>
         <v>17</v>
       </c>
       <c r="AD7" s="5">
         <f t="shared" si="0"/>
         <v>18</v>
       </c>
       <c r="AE7" s="5">
         <f t="shared" si="0"/>
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:32" ht="41" customHeight="1">
       <c r="A8" s="11" t="s">
+        <v>148</v>
+      </c>
+      <c r="B8" s="11" t="s">
+        <v>149</v>
+      </c>
+      <c r="C8" s="11" t="s">
         <v>150</v>
       </c>
-      <c r="B8" s="11" t="s">
+      <c r="D8" s="11" t="s">
         <v>151</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>0</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>1</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>2</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>3</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>4</v>
       </c>
       <c r="J8" s="3" t="s">
         <v>5</v>
       </c>
       <c r="K8" s="3" t="s">
         <v>6</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>7</v>
       </c>
@@ -2598,57 +2598,57 @@
       <c r="L39" s="2"/>
       <c r="M39" s="2"/>
       <c r="N39" s="2"/>
       <c r="O39" s="2"/>
       <c r="P39" s="2"/>
       <c r="Q39" s="2"/>
       <c r="AA39" s="13">
         <v>1</v>
       </c>
       <c r="AB39" s="13">
         <v>1</v>
       </c>
       <c r="AC39" s="13">
         <v>1</v>
       </c>
       <c r="AD39" s="13">
         <v>1</v>
       </c>
       <c r="AE39" s="13">
         <v>1</v>
       </c>
       <c r="AF39"/>
     </row>
     <row r="40" spans="1:32">
       <c r="A40" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B40" t="s">
         <v>92</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="D40" s="2">
         <f>SUM(Tabelle2[[#This Row],[1999]:[2025]])</f>
         <v>9</v>
       </c>
       <c r="E40" s="1"/>
       <c r="Q40" s="2"/>
       <c r="W40" s="13">
         <v>1</v>
       </c>
       <c r="X40" s="13">
         <v>1</v>
       </c>
       <c r="Y40" s="24">
         <v>1</v>
       </c>
       <c r="Z40" s="24">
         <v>1</v>
       </c>
       <c r="AA40" s="24">
         <v>1</v>
       </c>
       <c r="AB40" s="13">
         <v>1</v>
       </c>
@@ -2753,143 +2753,143 @@
         <v>1</v>
       </c>
       <c r="H43" s="12">
         <v>1</v>
       </c>
       <c r="I43" s="12">
         <v>1</v>
       </c>
       <c r="J43" s="12">
         <v>1</v>
       </c>
       <c r="K43" s="23">
         <v>1</v>
       </c>
       <c r="L43" s="12">
         <v>1</v>
       </c>
       <c r="Q43" s="2"/>
       <c r="AF43"/>
     </row>
     <row r="44" spans="1:32">
       <c r="A44" t="s">
         <v>99</v>
       </c>
       <c r="B44" t="s">
-        <v>100</v>
+        <v>157</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D44" s="2">
         <f>SUM(Tabelle2[[#This Row],[1999]:[2025]])</f>
         <v>8</v>
       </c>
       <c r="E44" s="1"/>
       <c r="Q44" s="2"/>
       <c r="X44" s="13">
         <v>1</v>
       </c>
       <c r="Y44" s="13">
         <v>1</v>
       </c>
       <c r="Z44" s="13">
         <v>1</v>
       </c>
       <c r="AA44" s="13">
         <v>1</v>
       </c>
       <c r="AB44" s="13">
         <v>1</v>
       </c>
       <c r="AC44" s="13">
         <v>1</v>
       </c>
       <c r="AD44" s="13">
         <v>1</v>
       </c>
       <c r="AE44" s="13">
         <v>1</v>
       </c>
       <c r="AF44"/>
     </row>
     <row r="45" spans="1:32">
       <c r="A45" t="s">
+        <v>100</v>
+      </c>
+      <c r="B45" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D45" s="2">
         <f>SUM(Tabelle2[[#This Row],[1999]:[2025]])</f>
         <v>11</v>
       </c>
       <c r="E45" s="1"/>
       <c r="L45" s="12">
         <v>1</v>
       </c>
       <c r="M45" s="12">
         <v>1</v>
       </c>
       <c r="N45" s="12">
         <v>1</v>
       </c>
       <c r="O45" s="12">
         <v>1</v>
       </c>
       <c r="P45" s="12">
         <v>1</v>
       </c>
       <c r="Q45" s="13">
         <v>1</v>
       </c>
       <c r="R45" s="13">
         <v>1</v>
       </c>
       <c r="S45" s="13">
         <v>1</v>
       </c>
       <c r="T45" s="13">
         <v>1</v>
       </c>
       <c r="U45" s="13">
         <v>1</v>
       </c>
       <c r="V45" s="13">
         <v>1</v>
       </c>
       <c r="AF45"/>
     </row>
     <row r="46" spans="1:32">
       <c r="A46" t="s">
+        <v>102</v>
+      </c>
+      <c r="B46" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D46" s="2">
         <f>SUM(Tabelle2[[#This Row],[1999]:[2025]])</f>
         <v>16</v>
       </c>
       <c r="E46" s="1"/>
       <c r="L46" s="12">
         <v>1</v>
       </c>
       <c r="M46" s="12">
         <v>1</v>
       </c>
       <c r="N46" s="12">
         <v>1</v>
       </c>
       <c r="O46" s="12">
         <v>1</v>
       </c>
       <c r="P46" s="23">
         <v>1</v>
       </c>
       <c r="Q46" s="24">
@@ -2907,830 +2907,830 @@
       <c r="U46" s="24">
         <v>1</v>
       </c>
       <c r="V46" s="24">
         <v>1</v>
       </c>
       <c r="W46" s="24">
         <v>1</v>
       </c>
       <c r="X46" s="25">
         <v>1</v>
       </c>
       <c r="Y46" s="14">
         <v>1</v>
       </c>
       <c r="Z46" s="13">
         <v>1</v>
       </c>
       <c r="AA46" s="13">
         <v>1</v>
       </c>
       <c r="AF46"/>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" t="s">
+        <v>104</v>
+      </c>
+      <c r="B47" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D47" s="2">
         <f>SUM(Tabelle2[[#This Row],[1999]:[2025]])</f>
         <v>7</v>
       </c>
       <c r="E47" s="1"/>
       <c r="Q47" s="2"/>
       <c r="Y47" s="13">
         <v>1</v>
       </c>
       <c r="Z47" s="13">
         <v>1</v>
       </c>
       <c r="AA47" s="13">
         <v>1</v>
       </c>
       <c r="AB47" s="13">
         <v>1</v>
       </c>
       <c r="AC47" s="13">
         <v>1</v>
       </c>
       <c r="AD47" s="13">
         <v>1</v>
       </c>
       <c r="AE47" s="13">
         <v>1</v>
       </c>
       <c r="AF47"/>
     </row>
     <row r="48" spans="1:32">
       <c r="A48" t="s">
+        <v>106</v>
+      </c>
+      <c r="B48" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D48" s="2">
         <f>SUM(Tabelle2[[#This Row],[1999]:[2025]])</f>
         <v>12</v>
       </c>
       <c r="E48" s="1"/>
       <c r="Q48" s="2"/>
       <c r="T48" s="13">
         <v>1</v>
       </c>
       <c r="U48" s="13">
         <v>1</v>
       </c>
       <c r="V48" s="13">
         <v>1</v>
       </c>
       <c r="W48" s="13">
         <v>1</v>
       </c>
       <c r="X48" s="13">
         <v>1</v>
       </c>
       <c r="Y48" s="13">
         <v>1</v>
       </c>
       <c r="Z48" s="13">
         <v>1</v>
       </c>
       <c r="AA48" s="13">
         <v>1</v>
       </c>
       <c r="AB48" s="24">
         <v>1</v>
       </c>
       <c r="AC48" s="24">
         <v>1</v>
       </c>
       <c r="AD48" s="24">
         <v>1</v>
       </c>
       <c r="AE48" s="13">
         <v>1</v>
       </c>
       <c r="AF48"/>
     </row>
     <row r="49" spans="1:32">
       <c r="A49" t="s">
+        <v>108</v>
+      </c>
+      <c r="B49" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D49" s="2">
         <f>SUM(Tabelle2[[#This Row],[1999]:[2025]])</f>
         <v>4</v>
       </c>
       <c r="E49" s="1"/>
       <c r="Q49" s="2"/>
       <c r="AB49" s="13">
         <v>1</v>
       </c>
       <c r="AC49" s="13">
         <v>1</v>
       </c>
       <c r="AD49" s="13">
         <v>1</v>
       </c>
       <c r="AE49" s="13">
         <v>1</v>
       </c>
       <c r="AF49"/>
     </row>
     <row r="50" spans="1:32">
       <c r="A50" t="s">
+        <v>110</v>
+      </c>
+      <c r="B50" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D50" s="2">
         <f>SUM(Tabelle2[[#This Row],[1999]:[2025]])</f>
         <v>6</v>
       </c>
       <c r="E50" s="1"/>
       <c r="Q50" s="2"/>
       <c r="T50" s="13">
         <v>1</v>
       </c>
       <c r="U50" s="21">
         <v>1</v>
       </c>
       <c r="V50" s="21">
         <v>1</v>
       </c>
       <c r="W50" s="13">
         <v>1</v>
       </c>
       <c r="X50" s="13">
         <v>1</v>
       </c>
       <c r="Y50" s="13">
         <v>1</v>
       </c>
       <c r="AF50"/>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" t="s">
+        <v>112</v>
+      </c>
+      <c r="B51" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D51" s="2">
         <f>SUM(Tabelle2[[#This Row],[1999]:[2025]])</f>
         <v>5</v>
       </c>
       <c r="E51" s="1"/>
       <c r="Q51" s="2"/>
       <c r="Y51" s="13">
         <v>1</v>
       </c>
       <c r="Z51" s="13">
         <v>1</v>
       </c>
       <c r="AA51" s="13">
         <v>1</v>
       </c>
       <c r="AB51" s="13">
         <v>1</v>
       </c>
       <c r="AC51" s="13">
         <v>1</v>
       </c>
       <c r="AF51"/>
     </row>
     <row r="52" spans="1:32">
       <c r="A52" t="s">
+        <v>114</v>
+      </c>
+      <c r="B52" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D52" s="2">
         <f>SUM(Tabelle2[[#This Row],[1999]:[2025]])</f>
         <v>5</v>
       </c>
       <c r="E52" s="12">
         <v>1</v>
       </c>
       <c r="F52" s="12">
         <v>1</v>
       </c>
       <c r="G52" s="12">
         <v>1</v>
       </c>
       <c r="H52" s="12">
         <v>1</v>
       </c>
       <c r="I52" s="12">
         <v>1</v>
       </c>
       <c r="Q52" s="2"/>
       <c r="AF52"/>
     </row>
     <row r="53" spans="1:32">
       <c r="A53" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B53" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D53" s="2">
         <f>SUM(Tabelle2[[#This Row],[1999]:[2025]])</f>
         <v>3</v>
       </c>
       <c r="E53" s="1"/>
       <c r="Q53" s="2"/>
       <c r="AC53" s="13">
         <v>1</v>
       </c>
       <c r="AD53" s="13">
         <v>1</v>
       </c>
       <c r="AE53" s="13">
         <v>1</v>
       </c>
       <c r="AF53"/>
     </row>
     <row r="54" spans="1:32">
       <c r="A54" t="s">
+        <v>117</v>
+      </c>
+      <c r="B54" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D54" s="2">
         <f>SUM(Tabelle2[[#This Row],[1999]:[2025]])</f>
         <v>2</v>
       </c>
       <c r="E54" s="1"/>
       <c r="Q54" s="2"/>
       <c r="AD54" s="20">
         <v>1</v>
       </c>
       <c r="AE54" s="20">
         <v>1</v>
       </c>
       <c r="AF54"/>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" t="s">
+        <v>119</v>
+      </c>
+      <c r="B55" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D55" s="2">
         <f>SUM(Tabelle2[[#This Row],[1999]:[2025]])</f>
         <v>3</v>
       </c>
       <c r="E55" s="1"/>
       <c r="Q55" s="2"/>
       <c r="AC55" s="13">
         <v>1</v>
       </c>
       <c r="AD55" s="13">
         <v>1</v>
       </c>
       <c r="AE55" s="13">
         <v>1</v>
       </c>
       <c r="AF55"/>
     </row>
     <row r="56" spans="1:32">
       <c r="A56" t="s">
+        <v>121</v>
+      </c>
+      <c r="B56" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D56" s="2">
         <f>SUM(Tabelle2[[#This Row],[1999]:[2025]])</f>
         <v>8</v>
       </c>
       <c r="E56" s="1"/>
       <c r="Q56" s="2"/>
       <c r="U56" s="13">
         <v>1</v>
       </c>
       <c r="V56" s="13">
         <v>1</v>
       </c>
       <c r="W56" s="13">
         <v>1</v>
       </c>
       <c r="X56" s="13">
         <v>1</v>
       </c>
       <c r="Y56" s="13">
         <v>1</v>
       </c>
       <c r="Z56" s="13">
         <v>1</v>
       </c>
       <c r="AA56" s="13">
         <v>1</v>
       </c>
       <c r="AB56" s="13">
         <v>1</v>
       </c>
       <c r="AF56"/>
     </row>
     <row r="57" spans="1:32">
       <c r="A57" t="s">
+        <v>123</v>
+      </c>
+      <c r="B57" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D57" s="2">
         <f>SUM(Tabelle2[[#This Row],[1999]:[2025]])</f>
         <v>5</v>
       </c>
       <c r="E57" s="1"/>
       <c r="I57" s="12">
         <v>1</v>
       </c>
       <c r="J57" s="12">
         <v>1</v>
       </c>
       <c r="K57" s="12">
         <v>1</v>
       </c>
       <c r="L57" s="12">
         <v>1</v>
       </c>
       <c r="M57" s="12">
         <v>1</v>
       </c>
       <c r="Q57" s="2"/>
       <c r="AF57"/>
     </row>
     <row r="58" spans="1:32">
       <c r="A58" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B58" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D58" s="2">
         <f>SUM(Tabelle2[[#This Row],[1999]:[2025]])</f>
         <v>3</v>
       </c>
       <c r="E58" s="1"/>
       <c r="O58" s="12">
         <v>1</v>
       </c>
       <c r="P58" s="12">
         <v>1</v>
       </c>
       <c r="Q58" s="13">
         <v>1</v>
       </c>
       <c r="AF58"/>
     </row>
     <row r="59" spans="1:32">
       <c r="A59" t="s">
+        <v>126</v>
+      </c>
+      <c r="B59" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D59" s="2">
         <f>SUM(Tabelle2[[#This Row],[1999]:[2025]])</f>
         <v>7</v>
       </c>
       <c r="E59" s="1"/>
       <c r="G59" s="12">
         <v>1</v>
       </c>
       <c r="H59" s="12">
         <v>1</v>
       </c>
       <c r="I59" s="12">
         <v>1</v>
       </c>
       <c r="J59" s="12">
         <v>1</v>
       </c>
       <c r="K59" s="12">
         <v>1</v>
       </c>
       <c r="L59" s="12">
         <v>1</v>
       </c>
       <c r="M59" s="12">
         <v>1</v>
       </c>
       <c r="Q59" s="2"/>
       <c r="AF59"/>
     </row>
     <row r="60" spans="1:32">
       <c r="A60" t="s">
+        <v>128</v>
+      </c>
+      <c r="B60" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D60" s="2">
         <f>SUM(Tabelle2[[#This Row],[1999]:[2025]])</f>
         <v>11</v>
       </c>
       <c r="E60" s="12">
         <v>1</v>
       </c>
       <c r="F60" s="12">
         <v>1</v>
       </c>
       <c r="G60" s="12">
         <v>1</v>
       </c>
       <c r="H60" s="12">
         <v>1</v>
       </c>
       <c r="I60" s="23">
         <v>1</v>
       </c>
       <c r="J60" s="23">
         <v>1</v>
       </c>
       <c r="K60" s="12">
         <v>1</v>
       </c>
       <c r="L60" s="23">
         <v>1</v>
       </c>
       <c r="M60" s="23">
         <v>1</v>
       </c>
       <c r="N60" s="23">
         <v>1</v>
       </c>
       <c r="O60" s="23">
         <v>1</v>
       </c>
       <c r="Q60" s="2"/>
       <c r="AF60"/>
     </row>
     <row r="61" spans="1:32">
       <c r="A61" t="s">
+        <v>130</v>
+      </c>
+      <c r="B61" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D61" s="2">
         <f>SUM(Tabelle2[[#This Row],[1999]:[2025]])</f>
         <v>4</v>
       </c>
       <c r="E61" s="1"/>
       <c r="G61" s="12">
         <v>1</v>
       </c>
       <c r="H61" s="12">
         <v>1</v>
       </c>
       <c r="I61" s="12">
         <v>1</v>
       </c>
       <c r="J61" s="12">
         <v>1</v>
       </c>
       <c r="Q61" s="2"/>
       <c r="AF61"/>
     </row>
     <row r="62" spans="1:32">
       <c r="A62" t="s">
+        <v>132</v>
+      </c>
+      <c r="B62" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D62" s="2">
         <f>SUM(Tabelle2[[#This Row],[1999]:[2025]])</f>
         <v>2</v>
       </c>
       <c r="E62" s="1"/>
       <c r="Q62" s="2"/>
       <c r="Y62" s="13">
         <v>1</v>
       </c>
       <c r="Z62" s="13">
         <v>1</v>
       </c>
       <c r="AF62"/>
     </row>
     <row r="63" spans="1:32">
       <c r="A63" t="s">
+        <v>134</v>
+      </c>
+      <c r="B63" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D63" s="2">
         <f>SUM(Tabelle2[[#This Row],[1999]:[2025]])</f>
         <v>4</v>
       </c>
       <c r="E63" s="1"/>
       <c r="Q63" s="2"/>
       <c r="AB63" s="13">
         <v>1</v>
       </c>
       <c r="AC63" s="13">
         <v>1</v>
       </c>
       <c r="AD63" s="13">
         <v>1</v>
       </c>
       <c r="AE63" s="13">
         <v>1</v>
       </c>
       <c r="AF63"/>
     </row>
     <row r="64" spans="1:32">
       <c r="A64" t="s">
+        <v>136</v>
+      </c>
+      <c r="B64" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D64" s="2">
         <f>SUM(Tabelle2[[#This Row],[1999]:[2025]])</f>
         <v>9</v>
       </c>
       <c r="E64" s="1"/>
       <c r="Q64" s="2"/>
       <c r="U64" s="13">
         <v>1</v>
       </c>
       <c r="V64" s="13">
         <v>1</v>
       </c>
       <c r="W64" s="21">
         <v>1</v>
       </c>
       <c r="X64" s="22">
         <v>1</v>
       </c>
       <c r="Y64" s="22">
         <v>1</v>
       </c>
       <c r="Z64" s="22">
         <v>1</v>
       </c>
       <c r="AA64" s="22">
         <v>1</v>
       </c>
       <c r="AB64" s="22">
         <v>1</v>
       </c>
       <c r="AC64" s="22">
         <v>1</v>
       </c>
       <c r="AF64"/>
     </row>
     <row r="65" spans="1:32">
       <c r="A65" t="s">
+        <v>138</v>
+      </c>
+      <c r="B65" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D65" s="2">
         <f>SUM(Tabelle2[[#This Row],[1999]:[2025]])</f>
         <v>7</v>
       </c>
       <c r="E65" s="1"/>
       <c r="Q65" s="2"/>
       <c r="U65" s="13">
         <v>1</v>
       </c>
       <c r="V65" s="13">
         <v>1</v>
       </c>
       <c r="W65" s="13">
         <v>1</v>
       </c>
       <c r="X65" s="14">
         <v>1</v>
       </c>
       <c r="Y65" s="13">
         <v>1</v>
       </c>
       <c r="Z65" s="13">
         <v>1</v>
       </c>
       <c r="AA65" s="13">
         <v>1</v>
       </c>
       <c r="AF65"/>
     </row>
     <row r="66" spans="1:32">
       <c r="A66" t="s">
+        <v>140</v>
+      </c>
+      <c r="B66" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D66" s="2">
         <f>SUM(Tabelle2[[#This Row],[1999]:[2025]])</f>
         <v>7</v>
       </c>
       <c r="E66" s="1"/>
       <c r="Q66" s="2"/>
       <c r="R66" s="13">
         <v>1</v>
       </c>
       <c r="S66" s="13">
         <v>1</v>
       </c>
       <c r="T66" s="13">
         <v>1</v>
       </c>
       <c r="U66" s="13">
         <v>1</v>
       </c>
       <c r="V66" s="13">
         <v>1</v>
       </c>
       <c r="W66" s="13">
         <v>1</v>
       </c>
       <c r="X66" s="13">
         <v>1</v>
       </c>
       <c r="AF66"/>
     </row>
     <row r="67" spans="1:32">
       <c r="A67" t="s">
+        <v>142</v>
+      </c>
+      <c r="B67" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D67" s="2">
         <f>SUM(Tabelle2[[#This Row],[1999]:[2025]])</f>
         <v>8</v>
       </c>
       <c r="E67" s="1"/>
       <c r="O67" s="12">
         <v>1</v>
       </c>
       <c r="P67" s="15">
         <v>1</v>
       </c>
       <c r="Q67" s="21">
         <v>1</v>
       </c>
       <c r="R67" s="21">
         <v>1</v>
       </c>
       <c r="S67" s="13">
         <v>1</v>
       </c>
       <c r="T67" s="13">
         <v>1</v>
       </c>
       <c r="U67" s="13">
         <v>1</v>
       </c>
       <c r="V67" s="13">
         <v>1</v>
       </c>
       <c r="AF67"/>
     </row>
     <row r="68" spans="1:32">
       <c r="A68" t="s">
+        <v>144</v>
+      </c>
+      <c r="B68" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D68" s="2">
         <f>SUM(Tabelle2[[#This Row],[1999]:[2025]])</f>
         <v>6</v>
       </c>
       <c r="E68" s="1"/>
       <c r="Q68" s="2"/>
       <c r="W68" s="13">
         <v>1</v>
       </c>
       <c r="X68" s="13">
         <v>1</v>
       </c>
       <c r="Y68" s="13">
         <v>1</v>
       </c>
       <c r="Z68" s="13">
         <v>1</v>
       </c>
       <c r="AA68" s="13">
         <v>1</v>
       </c>
       <c r="AB68" s="13">
         <v>1</v>
       </c>
       <c r="AF68"/>
     </row>
     <row r="69" spans="1:32">
       <c r="A69" t="s">
+        <v>146</v>
+      </c>
+      <c r="B69" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D69" s="2">
         <f>SUM(Tabelle2[[#This Row],[1999]:[2025]])</f>
         <v>5</v>
       </c>
       <c r="E69" s="12">
         <v>1</v>
       </c>
       <c r="F69" s="12">
         <v>1</v>
       </c>
       <c r="G69" s="12">
         <v>1</v>
       </c>
       <c r="H69" s="12">
         <v>1</v>
       </c>
       <c r="I69" s="12">
         <v>1</v>
       </c>
       <c r="Q69" s="2"/>
       <c r="AF69"/>